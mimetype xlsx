--- v0 (2025-10-25)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1f917f98c347b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b3baed95114b8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd1193a2704a4149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa426345e07047c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb3929ff828f4f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd1193a2704a4149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac12b5e12078404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa426345e07047c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EuroPulse Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>108,806</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,548</x:t>
-[...166 lines deleted...]
-          <x:t>108,764</x:t>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>