--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40b3baed95114b8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eafeaae6dcd4997" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa426345e07047c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77c8b237b0f040bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac12b5e12078404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa426345e07047c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34b210e303d94952" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77c8b237b0f040bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EuroPulse Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U922</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>108,115</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>