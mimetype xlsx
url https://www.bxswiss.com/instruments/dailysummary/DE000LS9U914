--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e9b11308764003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d3bc99aff9c4384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2811a69003864ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f041d75bc654e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c489890cfa4817" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2811a69003864ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3cbb6aa9f84538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f041d75bc654e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Van de Everest High Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>