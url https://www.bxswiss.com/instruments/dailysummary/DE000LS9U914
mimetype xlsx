--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d3bc99aff9c4384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915e79e2ca2d4453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f041d75bc654e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010d130f8a9f4449"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a3cbb6aa9f84538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f041d75bc654e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895e26c3c44b44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010d130f8a9f4449" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Van de Everest High Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,279</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>