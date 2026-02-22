--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R915e79e2ca2d4453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8606a68dda2f4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R010d130f8a9f4449"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7a2003e39fd413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895e26c3c44b44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R010d130f8a9f4449" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab74cd84a7e4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7a2003e39fd413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Van de Everest High Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>62,852</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,953</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>