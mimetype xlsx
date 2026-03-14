--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8606a68dda2f4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e25bcce9a39478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7a2003e39fd413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ea4a9c95e44b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab74cd84a7e4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7a2003e39fd413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b6c768fc054418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ea4a9c95e44b67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Van de Everest High Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>