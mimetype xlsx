--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd376f16130b34ed5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb20967aa344ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118f6893b7f44316"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe3c7eaab864f9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d632e4a3f8746e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118f6893b7f44316" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa39375557fd47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe3c7eaab864f9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch konzentriert </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>