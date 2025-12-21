--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb20967aa344ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3266de96477141a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe3c7eaab864f9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd50f99856f4c33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa39375557fd47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe3c7eaab864f9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ea38268372465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd50f99856f4c33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch konzentriert </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>148,710</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,873</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>147,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>