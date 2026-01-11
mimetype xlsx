--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3266de96477141a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8e746eab90402e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd50f99856f4c33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117e79f74f704934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ea38268372465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd50f99856f4c33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38234ed2594c40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117e79f74f704934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch konzentriert </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>150,513</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,019</x:t>
-[...274 lines deleted...]
-          <x:t>146,959</x:t>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>