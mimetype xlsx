--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c8e746eab90402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb281e9a3e37f480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117e79f74f704934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f5ec4dcb1ec4a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38234ed2594c40d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117e79f74f704934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cc41a0823614da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f5ec4dcb1ec4a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch konzentriert </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,546</x:t>
-[...151 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,058</x:t>
-[...225 lines deleted...]
-          <x:t>151,872</x:t>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>