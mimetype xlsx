--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb281e9a3e37f480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d74284d4de34688" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f5ec4dcb1ec4a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d717f3cc1684acc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cc41a0823614da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f5ec4dcb1ec4a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3bb043132b4325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d717f3cc1684acc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hoch konzentriert </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>