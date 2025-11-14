--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212593918a504bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22dd999b264447b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R661c167b5b7c4c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e392f3ec9d45c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R601574c5c31246e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R661c167b5b7c4c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637ad9c4970546d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e392f3ec9d45c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Humanoide Roboter Ai Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>164,778</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>