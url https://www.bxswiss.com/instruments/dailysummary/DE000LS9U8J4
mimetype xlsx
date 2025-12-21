--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22dd999b264447b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5c8ee611844ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8e392f3ec9d45c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a9e8e0e2a7447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R637ad9c4970546d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8e392f3ec9d45c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ae7f59df0846f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a9e8e0e2a7447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Humanoide Roboter Ai Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,064</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>