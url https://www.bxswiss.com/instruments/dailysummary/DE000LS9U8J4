--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c5c8ee611844ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc44952dea1904687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4a9e8e0e2a7447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792f76a6be74423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ae7f59df0846f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4a9e8e0e2a7447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf94b7a3ef64b4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792f76a6be74423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Humanoide Roboter Ai Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>