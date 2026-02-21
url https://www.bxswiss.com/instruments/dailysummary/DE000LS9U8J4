--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc44952dea1904687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2514ce47cef44235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792f76a6be74423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12529a9152fd4bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf94b7a3ef64b4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792f76a6be74423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re513d64284054b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12529a9152fd4bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Humanoide Roboter Ai Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>87,519</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>