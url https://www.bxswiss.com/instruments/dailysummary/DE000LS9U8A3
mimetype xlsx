--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b4dc82fc8804720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8aadb822474ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22f3c73d2b6d4927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra343fc6cf25845f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a8d02f613544c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22f3c73d2b6d4927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b2768b03f240d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra343fc6cf25845f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockissimo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>160,578</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,988</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>162,676</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>