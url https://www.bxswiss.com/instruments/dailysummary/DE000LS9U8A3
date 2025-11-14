--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc8aadb822474ab7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc717e134f3493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra343fc6cf25845f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R227e32e9bce2452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b2768b03f240d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra343fc6cf25845f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05c780304a1430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R227e32e9bce2452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockissimo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>