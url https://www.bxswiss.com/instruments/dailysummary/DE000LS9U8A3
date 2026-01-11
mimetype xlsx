--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc717e134f3493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a84254be286403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R227e32e9bce2452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5af544596e448b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re05c780304a1430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R227e32e9bce2452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17742460c2e48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5af544596e448b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockissimo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,688</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>