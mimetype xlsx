--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a84254be286403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4a60b5df01494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5af544596e448b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e745966dfbc4baa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf17742460c2e48e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5af544596e448b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266165a642e5470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e745966dfbc4baa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockissimo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>170,460</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>