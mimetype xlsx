--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe4a60b5df01494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc77ff0212214730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e745966dfbc4baa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R388ca53cc0d24e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266165a642e5470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e745966dfbc4baa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab94b4c3b784596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R388ca53cc0d24e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockissimo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U8A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>