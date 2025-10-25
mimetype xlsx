--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8503304c047c4822" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b67b8f8af54f15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37964a6312004748"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b47533164344cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51ec96af3ad0419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37964a6312004748" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472b7556d471482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b47533164344cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,022</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>