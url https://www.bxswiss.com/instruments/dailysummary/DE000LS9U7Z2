--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b67b8f8af54f15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df6c903417d432d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b47533164344cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a6d3497c5a4dd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R472b7556d471482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b47533164344cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c7066e6ee94bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a6d3497c5a4dd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>123,266</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>