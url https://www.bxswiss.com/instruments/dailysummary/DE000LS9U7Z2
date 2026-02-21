--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0df6c903417d432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89de837a83144783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27a6d3497c5a4dd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c4029eaea74afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c7066e6ee94bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27a6d3497c5a4dd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0812b4d604294e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c4029eaea74afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,881</x:t>
-[...171 lines deleted...]
-          <x:t>120,451</x:t>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>