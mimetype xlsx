--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89de837a83144783" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75534111e10d4335" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c4029eaea74afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3c845a1e76e4d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0812b4d604294e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c4029eaea74afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d64881b6dd14f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3c845a1e76e4d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MAAM A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Z2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>114,776</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,036</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>