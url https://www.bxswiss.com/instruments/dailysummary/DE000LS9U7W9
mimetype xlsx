--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded14e9e49914314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1f062030a14ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45b3650654aa4c1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20ad9a0671d43ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4caa5cfb9afe4722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45b3650654aa4c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recdd027548894361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20ad9a0671d43ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ascend Global Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>87,718</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,752</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>87,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,832</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,520</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>