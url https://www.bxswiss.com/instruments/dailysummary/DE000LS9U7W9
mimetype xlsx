--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1f062030a14ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd08a4dd9ef548ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc20ad9a0671d43ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd807d3d0bc8449e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recdd027548894361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc20ad9a0671d43ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b05db384a9740eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd807d3d0bc8449e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ascend Global Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,336</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>