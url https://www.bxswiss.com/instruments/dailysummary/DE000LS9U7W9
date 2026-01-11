--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd08a4dd9ef548ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb726af8bad48fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd807d3d0bc8449e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbbccb2c84804e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b05db384a9740eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd807d3d0bc8449e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00103d2ac38e4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbbccb2c84804e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ascend Global Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,133</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>