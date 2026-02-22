--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bb726af8bad48fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9dca2a762414072" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbbccb2c84804e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e669a5b33b4264"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00103d2ac38e4589" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbbccb2c84804e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb390d27ba6924428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e669a5b33b4264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ascend Global Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>86,364</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,269</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>90,641</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>