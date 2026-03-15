--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9dca2a762414072" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2576fe7324e4440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e669a5b33b4264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf924cc0b72c74d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb390d27ba6924428" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e669a5b33b4264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcada38f70c404aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf924cc0b72c74d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ascend Global Compounders</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7W9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>