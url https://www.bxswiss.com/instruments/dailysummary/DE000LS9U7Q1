--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7c6be070cc4f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6161f583814e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb197c09b35b4600"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R269dffc51da54ced"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40a697a63994e79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb197c09b35b4600" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c255a2fcfe4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R269dffc51da54ced" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>