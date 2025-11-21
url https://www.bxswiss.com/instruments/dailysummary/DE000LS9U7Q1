--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6161f583814e32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ec39e1590049d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R269dffc51da54ced"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0fe6acd5694350"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c255a2fcfe4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R269dffc51da54ced" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd64b00e92094495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0fe6acd5694350" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>