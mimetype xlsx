--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0ec39e1590049d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8efd471c2d4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0fe6acd5694350"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdeaa1720715447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd64b00e92094495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0fe6acd5694350" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f25bc147f1e44ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdeaa1720715447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,364</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>