--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8efd471c2d4ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf73c28d706f4aa5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdeaa1720715447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63200b6a425454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f25bc147f1e44ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdeaa1720715447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49dcc2207a11453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63200b6a425454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>100,271</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,206</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>