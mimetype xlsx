--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf73c28d706f4aa5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78a2597f881437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd63200b6a425454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0279ba0f91047d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49dcc2207a11453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd63200b6a425454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec73b1806614c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0279ba0f91047d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,976</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>