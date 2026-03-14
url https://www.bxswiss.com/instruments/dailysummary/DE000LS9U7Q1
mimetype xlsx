--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb78a2597f881437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73c1f055aa62496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0279ba0f91047d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd64ccef00a64bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ec73b1806614c78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0279ba0f91047d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cdfd5e74aa747f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd64ccef00a64bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Safety and Security Worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7Q1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,077</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>