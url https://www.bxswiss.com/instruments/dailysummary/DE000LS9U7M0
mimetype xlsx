--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c4bbd74e2f4f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7305e811eb6d475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1e6d63566d4892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76ca46005ea4563"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97c78dd32b2d4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1e6d63566d4892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb722998950c4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76ca46005ea4563" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar Stock Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7M0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>90,197</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>