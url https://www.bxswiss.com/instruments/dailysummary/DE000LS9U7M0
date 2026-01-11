--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7305e811eb6d475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbbe0ae531ef4c56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76ca46005ea4563"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0929bee420534c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb722998950c4c14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76ca46005ea4563" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be5f39d40a54c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0929bee420534c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar Stock Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7M0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,230</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>