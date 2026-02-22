--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbbe0ae531ef4c56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra583ecd7540a4a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0929bee420534c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17a622cb51a48ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be5f39d40a54c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0929bee420534c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4340cf5ee1ab49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17a622cb51a48ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar Stock Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7M0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,745</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>