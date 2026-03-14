--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra583ecd7540a4a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f6951cf51734083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17a622cb51a48ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18463c33256d49f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4340cf5ee1ab49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17a622cb51a48ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067f237b8db4437e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18463c33256d49f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar Stock Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7M0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,020</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>