--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf023c0aa0ee4113" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308173d607c840fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ac56514dfbe407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa4c24180aae4589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953bff5ce3964d34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ac56514dfbe407d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270e38bc1acc4f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa4c24180aae4589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar KI-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>