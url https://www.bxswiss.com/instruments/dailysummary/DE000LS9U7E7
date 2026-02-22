--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308173d607c840fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ae1eb5ef524f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa4c24180aae4589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651beb62557c4c12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R270e38bc1acc4f9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa4c24180aae4589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7a4198c5934e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651beb62557c4c12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar KI-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>116,561</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>