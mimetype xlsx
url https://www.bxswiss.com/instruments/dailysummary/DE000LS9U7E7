--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ae1eb5ef524f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1eb292042334c0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651beb62557c4c12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d706eedb35c4f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e7a4198c5934e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651beb62557c4c12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4432cb3cb9b6488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d706eedb35c4f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haegar KI-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>