--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe1eaca28c36477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16a5921b1dc43ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda35907d1bce4fe8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18041d0f961f487e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfceb792f8644b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda35907d1bce4fe8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067bb10383f74144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18041d0f961f487e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahl nach HGI und Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>108,724</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,569</x:t>
-[...355 lines deleted...]
-          <x:t>111,724</x:t>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>