--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16a5921b1dc43ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7d7d2963dbb44d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18041d0f961f487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1bf78f6b7d447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R067bb10383f74144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18041d0f961f487e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc65cab50bf45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1bf78f6b7d447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahl nach HGI und Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>111,743</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,789</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...359 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,479</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>