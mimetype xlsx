--- v2 (2025-11-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7d7d2963dbb44d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361f15b00cbd43b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc1bf78f6b7d447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38fb59e052549eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc65cab50bf45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc1bf78f6b7d447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b15cec8a5742dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38fb59e052549eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahl nach HGI und Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>