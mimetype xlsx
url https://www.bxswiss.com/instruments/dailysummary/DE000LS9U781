--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361f15b00cbd43b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e13360e8694028" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38fb59e052549eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde92584e16834128"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b15cec8a5742dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38fb59e052549eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf01087346b4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde92584e16834128" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahl nach HGI und Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>