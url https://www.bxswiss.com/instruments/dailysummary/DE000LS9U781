--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e13360e8694028" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb3c77dddca249e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde92584e16834128"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2249834fb656452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccf01087346b4dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde92584e16834128" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd9ca53ebce43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2249834fb656452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahl nach HGI und Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,364</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>