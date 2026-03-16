--- v5 (2026-02-22)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb3c77dddca249e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re225ac2ac43d49e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2249834fb656452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdec445ebbb5c470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd9ca53ebce43d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2249834fb656452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ab63176327468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdec445ebbb5c470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Auswahl nach HGI und Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>