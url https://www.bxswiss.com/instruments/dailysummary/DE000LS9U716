--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R643c5e23a9324418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28b8016d2ea4209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d75eca40a814bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ca7e1480cc42ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra81bf4411826491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d75eca40a814bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R666eb852e98d4e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ca7e1480cc42ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmartTech Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>96,064</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,013</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>95,822</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,693</x:t>
-[...328 lines deleted...]
-          <x:t>96,398</x:t>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>