--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf28b8016d2ea4209" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a0cd38097a426f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76ca7e1480cc42ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2930dca75d194a8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R666eb852e98d4e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76ca7e1480cc42ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1bc857409324245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2930dca75d194a8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmartTech Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>96,598</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,389</x:t>
-[...409 lines deleted...]
-          <x:t>95,536</x:t>
+          <x:t>96,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>