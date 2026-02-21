--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16a0cd38097a426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3690bb79645b48c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2930dca75d194a8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0bd243af4a14fde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1bc857409324245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2930dca75d194a8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb19880e91ded4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0bd243af4a14fde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmartTech Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,652</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>