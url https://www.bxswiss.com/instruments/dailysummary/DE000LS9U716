--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3690bb79645b48c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36c26ab50594a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0bd243af4a14fde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde68526225d04b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb19880e91ded4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0bd243af4a14fde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd8ae9fce8a94eea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde68526225d04b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SmartTech Allocation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U716</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>