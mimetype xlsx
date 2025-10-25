--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418bdc33dc424dfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f5fc3fbb684efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20176b5b2eac4b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa465658508a4675"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2822a429c7494a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20176b5b2eac4b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2848e209435d415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa465658508a4675" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>473,204</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>474,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>466,062</x:t>
-[...381 lines deleted...]
-        <x:is>
           <x:t>478,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>473,961</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>472,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>