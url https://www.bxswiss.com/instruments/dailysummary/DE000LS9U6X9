--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f5fc3fbb684efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22933f461ce40ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa465658508a4675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc35db8f1a44cf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2848e209435d415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa465658508a4675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6869bfe728c6433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc35db8f1a44cf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>495,915</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>