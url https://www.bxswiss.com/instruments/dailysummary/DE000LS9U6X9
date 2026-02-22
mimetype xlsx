--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22933f461ce40ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e27fad946147a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dc35db8f1a44cf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0880994c15134add"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6869bfe728c6433e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dc35db8f1a44cf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6963df13dbc049f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0880994c15134add" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>531,452</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>536,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>530,011</x:t>
-[...328 lines deleted...]
-          <x:t>600,394</x:t>
+          <x:t>544,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>