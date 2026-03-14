--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e27fad946147a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46173f225a6d41b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0880994c15134add"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0176a7b3b045fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6963df13dbc049f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0880994c15134add" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23859b0141194e2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0176a7b3b045fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation x Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>540,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>530,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>538,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>503,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>505,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>499,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>