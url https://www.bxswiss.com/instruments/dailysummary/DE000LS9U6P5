--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05acfa2b2e9d47ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d31b594b2dd421a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R341b0748a92a4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b13777fc0f44e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15c05e2abbe64240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R341b0748a92a4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re30622e4c3194166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b13777fc0f44e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VCF - Vivat Crescat et Floreat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,305</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>