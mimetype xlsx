--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d31b594b2dd421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4495d58e62094c81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b13777fc0f44e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01282e0362344162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re30622e4c3194166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b13777fc0f44e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra57b7787998f43e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01282e0362344162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VCF - Vivat Crescat et Floreat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>