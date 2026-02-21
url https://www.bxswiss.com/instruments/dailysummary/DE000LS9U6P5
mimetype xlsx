--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4495d58e62094c81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf57964db7c4476" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01282e0362344162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb32b08769ed34a55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra57b7787998f43e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01282e0362344162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb0962a34404baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb32b08769ed34a55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VCF - Vivat Crescat et Floreat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>133,451</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>139,461</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>