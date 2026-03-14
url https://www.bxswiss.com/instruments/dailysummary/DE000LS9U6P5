--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf57964db7c4476" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ccba3a74f304105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb32b08769ed34a55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe534f639c14f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fb0962a34404baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb32b08769ed34a55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06a58c7244d64c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe534f639c14f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VCF - Vivat Crescat et Floreat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6P5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>