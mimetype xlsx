--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3752afce817c4e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re538082aeb5e4ba7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raae439ade9c04e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b84e3fd628047a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R021ed42e60ef4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raae439ade9c04e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711cfbbcaf8b4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b84e3fd628047a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Exploration Aktien im All</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>383,604</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>