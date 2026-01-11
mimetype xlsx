--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re538082aeb5e4ba7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533ed1298c194bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b84e3fd628047a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1b2b98a058473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711cfbbcaf8b4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b84e3fd628047a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16511b29f5ac48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1b2b98a058473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Exploration Aktien im All</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>