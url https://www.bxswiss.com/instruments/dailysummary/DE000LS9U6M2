--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R533ed1298c194bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb34a3f2c864abc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1b2b98a058473f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57fb8cf48934404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16511b29f5ac48f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1b2b98a058473f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab316020c404ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57fb8cf48934404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Exploration Aktien im All</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>425,334</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>