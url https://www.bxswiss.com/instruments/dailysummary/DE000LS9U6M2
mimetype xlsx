--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refb34a3f2c864abc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383ba98408a64d59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re57fb8cf48934404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a0ad8181a44ac5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ab316020c404ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re57fb8cf48934404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82fd83082c68459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a0ad8181a44ac5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Exploration Aktien im All</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6M2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,821</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>