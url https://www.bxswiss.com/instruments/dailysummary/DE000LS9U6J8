--- v0 (2025-11-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fdf0d7c6b64ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdceba7d1de354cd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b79d1442d1f4477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e58049f21a4d1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d111d9f3b534b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b79d1442d1f4477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9bdb8a539c4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e58049f21a4d1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QualiDivMomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...598 lines deleted...]
-          <x:t>91,178</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,529</x:t>
-[...31 lines deleted...]
-          <x:t>89,879</x:t>
+          <x:t>91,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>