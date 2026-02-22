--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdceba7d1de354cd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b73c91505ee4994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e58049f21a4d1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Read3f01c54374271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9bdb8a539c4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e58049f21a4d1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd43cdfb296a4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Read3f01c54374271" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QualiDivMomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>91,248</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,387</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...369 lines deleted...]
-          <x:t>92,822</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>