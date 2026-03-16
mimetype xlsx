--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b73c91505ee4994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd63e4df70f48ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Read3f01c54374271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e78101781dd43d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd43cdfb296a4f90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Read3f01c54374271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd97045222224e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e78101781dd43d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QualiDivMomentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,728</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>