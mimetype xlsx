--- v0 (2025-11-01)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabeef3976fa54aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec18887d5a3d4fed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce874a87631b4b04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfe87db18f748a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06cb9283d2e4d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce874a87631b4b04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6670bb14c0444aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfe87db18f748a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueStars US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6H2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,672</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>