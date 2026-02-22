--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec18887d5a3d4fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63142dbf5c854794" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcfe87db18f748a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b56d67c37574f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6670bb14c0444aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcfe87db18f748a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff269f05e0dd41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b56d67c37574f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueStars US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6H2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,592</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>