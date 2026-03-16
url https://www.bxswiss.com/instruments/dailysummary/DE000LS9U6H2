--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63142dbf5c854794" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R871a22e0a79549e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b56d67c37574f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6001210c0594d00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff269f05e0dd41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b56d67c37574f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b2ae41fa63b415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6001210c0594d00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ValueStars US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6H2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>