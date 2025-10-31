--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19105152482c4762" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6716bd3ba94fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd321429eda5e47c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdc9b455ebc249cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b2667224002474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd321429eda5e47c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c00cba880842f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdc9b455ebc249cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Serial Acquirers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6E9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>109,252</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,181</x:t>
-[...323 lines deleted...]
-          <x:t>109,348</x:t>
+          <x:t>109,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>