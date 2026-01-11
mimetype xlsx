--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd6716bd3ba94fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61082776bb614dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdc9b455ebc249cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3029124ca1ca461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c00cba880842f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdc9b455ebc249cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ade664a05e4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3029124ca1ca461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Serial Acquirers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6E9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>109,392</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,504</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>06.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,372</x:t>
-[...495 lines deleted...]
-          <x:t>108,573</x:t>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>