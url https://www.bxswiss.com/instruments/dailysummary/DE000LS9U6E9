--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61082776bb614dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca70ab2c31c14d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3029124ca1ca461f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0c457c9d8548c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ade664a05e4ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3029124ca1ca461f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08db2d7575b247a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0c457c9d8548c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Serial Acquirers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6E9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,148</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>