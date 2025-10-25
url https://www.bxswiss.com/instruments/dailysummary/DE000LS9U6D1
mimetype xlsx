--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e192f98250f4bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069a006a42d44ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb54313890cc3424f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1e23e91d724c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6e936e66f6e4298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb54313890cc3424f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabac43ff27a4464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1e23e91d724c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neurologie Cortex Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>