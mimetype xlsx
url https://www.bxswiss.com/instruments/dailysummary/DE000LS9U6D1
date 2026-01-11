--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069a006a42d44ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5dbe577cd94af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1e23e91d724c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d30b35025c4a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabac43ff27a4464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1e23e91d724c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ceb2298fa634114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d30b35025c4a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neurologie Cortex Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,003</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>