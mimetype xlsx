--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5dbe577cd94af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684cb8ba79d949bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d30b35025c4a27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e904db93ee4573"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ceb2298fa634114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d30b35025c4a27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7b6974178d455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e904db93ee4573" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neurologie Cortex Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>141,676</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>