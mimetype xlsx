--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R684cb8ba79d949bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30690b48e0344e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0e904db93ee4573"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R374bd87562e44397"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7b6974178d455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0e904db93ee4573" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra685c3126cb14755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R374bd87562e44397" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neurologie Cortex Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6D1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>