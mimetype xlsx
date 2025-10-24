--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9f0e94e58e849b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a61196d9ca42b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0417fdf49fc749a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813600da06654d73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R850d8d5c17d24569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0417fdf49fc749a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe771882a544ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813600da06654d73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SlimTech Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6A7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>73,291</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,603</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,486</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>