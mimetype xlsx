--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57a61196d9ca42b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b6b2afd9c94890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813600da06654d73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde9b37d32e824d5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfe771882a544ec0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813600da06654d73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01327087f68e4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde9b37d32e824d5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SlimTech Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6A7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>75,946</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>