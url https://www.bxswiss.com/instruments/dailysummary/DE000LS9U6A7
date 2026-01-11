--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b6b2afd9c94890" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9681153cb1a243de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde9b37d32e824d5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325743f834934e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01327087f68e4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde9b37d32e824d5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb59e8847ad4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325743f834934e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SlimTech Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6A7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>81,850</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,548</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>81,794</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>