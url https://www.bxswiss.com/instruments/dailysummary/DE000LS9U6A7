--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9681153cb1a243de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e37bfaa5ef34211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R325743f834934e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339c966fc7e9435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb59e8847ad4fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R325743f834934e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b92b47a569419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339c966fc7e9435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SlimTech Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6A7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>83,112</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>