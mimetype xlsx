--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e37bfaa5ef34211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02293bde5f4f46d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339c966fc7e9435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2a1bc0d7a14442a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b92b47a569419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339c966fc7e9435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf1dfab2b3f44391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2a1bc0d7a14442a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SlimTech Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U6A7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,538</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>