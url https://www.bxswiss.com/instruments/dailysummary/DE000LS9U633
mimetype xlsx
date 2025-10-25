--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f5de84b4534c57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fdb853e2ae64edd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e7defc0bdd4271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25aac871f5442bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re34cc3db373e4355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e7defc0bdd4271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re690b5367bd54f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25aac871f5442bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China2Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>114,293</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,657</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>121,941</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>