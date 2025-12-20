--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fdb853e2ae64edd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe2400995a54236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf25aac871f5442bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7beb10edee94165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re690b5367bd54f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf25aac871f5442bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2a3b25610674ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7beb10edee94165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China2Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>115,730</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>