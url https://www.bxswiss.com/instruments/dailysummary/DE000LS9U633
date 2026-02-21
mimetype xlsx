--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe2400995a54236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e6d067546f44c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7beb10edee94165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefb59f2e36045d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2a3b25610674ef1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7beb10edee94165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0219ddc65d114c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefb59f2e36045d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China2Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>106,349</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,135</x:t>
-[...58 lines deleted...]
-          <x:t>107,808</x:t>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>