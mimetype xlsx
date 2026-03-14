--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e6d067546f44c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58cd5e2b92724a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfefb59f2e36045d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bdd29a742ec422b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0219ddc65d114c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfefb59f2e36045d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9ab485aa0d944de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bdd29a742ec422b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>China2Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U633</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>