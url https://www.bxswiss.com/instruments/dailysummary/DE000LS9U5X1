--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5baf9e94339b48bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d96f25544b4a4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf3dc78268f64659"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46abe24bcc224f33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0024a3f1c269436d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf3dc78268f64659" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0895bfb5d1448db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46abe24bcc224f33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innoxx Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5X1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>129,067</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,429</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>131,074</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>