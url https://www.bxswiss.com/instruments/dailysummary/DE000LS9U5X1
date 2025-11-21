--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8d96f25544b4a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4ae83cdad34291" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46abe24bcc224f33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d48db8e367044a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0895bfb5d1448db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46abe24bcc224f33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba9acc2eca94227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d48db8e367044a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innoxx Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5X1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,572</x:t>
-[...193 lines deleted...]
-          <x:t>128,315</x:t>
+          <x:t>131,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>131,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>