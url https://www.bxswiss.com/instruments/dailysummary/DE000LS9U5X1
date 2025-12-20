--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4ae83cdad34291" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4612f89061f84961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d48db8e367044a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e8dfed8ab24071"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcba9acc2eca94227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d48db8e367044a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d1ae45e6cf548df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e8dfed8ab24071" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innoxx Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5X1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>128,315</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...587 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>