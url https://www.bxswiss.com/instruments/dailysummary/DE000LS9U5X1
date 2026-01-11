--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4612f89061f84961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917f39d415c4493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e8dfed8ab24071"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4fa7468f35243c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d1ae45e6cf548df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e8dfed8ab24071" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e94590c3654db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4fa7468f35243c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innoxx Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5X1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>