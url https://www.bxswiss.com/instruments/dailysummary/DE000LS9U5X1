--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R917f39d415c4493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818d0ad7698e4556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4fa7468f35243c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5934162b1c6044ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60e94590c3654db3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4fa7468f35243c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ba83f93ec04dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5934162b1c6044ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innoxx Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5X1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,103</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>