--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818d0ad7698e4556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1cd3ed1504a459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5934162b1c6044ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f05feb25015450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89ba83f93ec04dfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5934162b1c6044ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0d4c4fe646b4302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f05feb25015450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innoxx Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5X1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>119,984</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>119,501</x:t>
-[...269 lines deleted...]
-          <x:t>120,601</x:t>
+          <x:t>118,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>