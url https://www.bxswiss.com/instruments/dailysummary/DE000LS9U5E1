--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc61cfaa58494ccc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c975000b5694c46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeee99331bf64826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aaf8e9f082c48ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0bd6d2dab1d44f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeee99331bf64826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51853fc96f524021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aaf8e9f082c48ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology Blueprint</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5E1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>98,642</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,105</x:t>
-[...6 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,400</x:t>
-[...333 lines deleted...]
-          <x:t>97,838</x:t>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>