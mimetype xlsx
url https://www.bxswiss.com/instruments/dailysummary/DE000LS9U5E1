--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c975000b5694c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dea0b63755a480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aaf8e9f082c48ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93c3f0a4d044458"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51853fc96f524021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aaf8e9f082c48ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9920b7335534b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93c3f0a4d044458" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology Blueprint</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5E1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,575</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,530</x:t>
-[...335 lines deleted...]
-          <x:t>96,886</x:t>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,385</x:t>
-[...274 lines deleted...]
-          <x:t>95,077</x:t>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>