--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dea0b63755a480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf325f82df44994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf93c3f0a4d044458"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59cc7f73919f448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9920b7335534b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf93c3f0a4d044458" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aa702a14049438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59cc7f73919f448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology Blueprint</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5E1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>