--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbf325f82df44994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab797dd4aa8246a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59cc7f73919f448d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc20182e13645be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aa702a14049438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59cc7f73919f448d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refeca8c6168e4842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc20182e13645be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology Blueprint</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5E1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,749</x:t>
-[...306 lines deleted...]
-          <x:t>98,120</x:t>
+          <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>