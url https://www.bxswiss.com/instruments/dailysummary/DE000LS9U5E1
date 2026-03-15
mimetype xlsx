--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab797dd4aa8246a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9dd36ef8789450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cc20182e13645be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e77b1b8a3fd4fab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refeca8c6168e4842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cc20182e13645be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24fb7ead3cf54c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e77b1b8a3fd4fab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffetology Blueprint</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U5E1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>92,462</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,067</x:t>
-[...436 lines deleted...]
-          <x:t>93,137</x:t>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>