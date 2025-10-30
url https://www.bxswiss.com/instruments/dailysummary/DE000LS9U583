--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5024e0ad33724d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab535a3783540a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9d4c5b77f54246"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d644036c1a34228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3420110e1c8c4c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9d4c5b77f54246" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd322bbe8e34ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d644036c1a34228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>