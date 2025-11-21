--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab535a3783540a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1971979943e04160" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d644036c1a34228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c655a5bdcd4f12"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd322bbe8e34ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d644036c1a34228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9767ef61282140a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c655a5bdcd4f12" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>