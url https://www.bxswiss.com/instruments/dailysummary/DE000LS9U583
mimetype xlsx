--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1971979943e04160" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11bdad537b148a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c655a5bdcd4f12"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reecfc7e069bb4c73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9767ef61282140a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c655a5bdcd4f12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd600f5dc717e4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reecfc7e069bb4c73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,029</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>