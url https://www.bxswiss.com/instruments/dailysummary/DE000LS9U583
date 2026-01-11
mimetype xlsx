--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11bdad537b148a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8f94c834954006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reecfc7e069bb4c73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3658ea2478141f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd600f5dc717e4ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reecfc7e069bb4c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690d582f6a7c4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3658ea2478141f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,611</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>