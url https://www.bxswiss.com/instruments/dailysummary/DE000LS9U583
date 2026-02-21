--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8f94c834954006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60e07162d24418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3658ea2478141f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R906f6df3129d4b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690d582f6a7c4107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3658ea2478141f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcacaa80956fd4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R906f6df3129d4b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,181</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>