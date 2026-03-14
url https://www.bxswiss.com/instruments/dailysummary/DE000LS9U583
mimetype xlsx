--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd60e07162d24418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29a56d32d8654200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R906f6df3129d4b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaa5e768b2c846c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcacaa80956fd4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R906f6df3129d4b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1732e66c13495c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaa5e768b2c846c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Krebs Biotech CancerBusters</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>