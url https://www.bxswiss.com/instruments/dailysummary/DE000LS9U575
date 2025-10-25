--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6e1b5567ba4fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63b6fc1e10b464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92505e4310c04e2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00e8903003b4ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R133ab4dd50574740" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92505e4310c04e2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94685502988b4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00e8903003b4ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Building And Construction</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>