--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63b6fc1e10b464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad09fabe62f7463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00e8903003b4ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d8a08aa1bd0482e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94685502988b4673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00e8903003b4ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re299dd7a5f0d469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d8a08aa1bd0482e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Building And Construction</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>128,162</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>