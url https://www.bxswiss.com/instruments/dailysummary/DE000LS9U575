--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad09fabe62f7463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52ebed5bd37415d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d8a08aa1bd0482e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5138c193194c473d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re299dd7a5f0d469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d8a08aa1bd0482e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2ec03df0743458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5138c193194c473d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Building And Construction</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,166</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>