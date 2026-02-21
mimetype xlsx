--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52ebed5bd37415d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee5d5028fd044b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5138c193194c473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6aee5a035e6499b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2ec03df0743458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5138c193194c473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14158874d61c4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6aee5a035e6499b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Building And Construction</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>144,166</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>