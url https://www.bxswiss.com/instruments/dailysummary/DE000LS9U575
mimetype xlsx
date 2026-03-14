--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdee5d5028fd044b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b48adee000440af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6aee5a035e6499b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07b211f972c74bfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14158874d61c4878" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6aee5a035e6499b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e97324c800f433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07b211f972c74bfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Building And Construction</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U575</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,937</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>