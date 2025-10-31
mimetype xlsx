--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbad56900d9f247c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2e46555f3045a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0826d5e903744a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14c27826c9c4de4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a99d217ed24549" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0826d5e903744a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7390ba7fe8674a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14c27826c9c4de4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>