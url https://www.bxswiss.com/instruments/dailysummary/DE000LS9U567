--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2e46555f3045a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a791d7fd964e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf14c27826c9c4de4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a364ae6fcd40b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7390ba7fe8674a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf14c27826c9c4de4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fe1f3b2fd7435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a364ae6fcd40b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>