--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83a791d7fd964e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0835de3caf84608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a364ae6fcd40b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45457134d85143c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fe1f3b2fd7435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a364ae6fcd40b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dae8a87b51540f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45457134d85143c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...360 lines deleted...]
-          <x:t>90,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,991</x:t>
-[...269 lines deleted...]
-          <x:t>86,275</x:t>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>