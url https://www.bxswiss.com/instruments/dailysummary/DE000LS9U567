--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0835de3caf84608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd68e7b51d1c94596" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45457134d85143c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3c231c144814800"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dae8a87b51540f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45457134d85143c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbbb12f5cac4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3c231c144814800" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,918</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>88,260</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,232</x:t>
-[...188 lines deleted...]
-          <x:t>88,905</x:t>
+          <x:t>88,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>