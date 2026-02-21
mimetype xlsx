--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd68e7b51d1c94596" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82605a9f66f7414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3c231c144814800"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166ae6894fd94efc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbbb12f5cac4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3c231c144814800" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb201cb98044507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166ae6894fd94efc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>89,380</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>