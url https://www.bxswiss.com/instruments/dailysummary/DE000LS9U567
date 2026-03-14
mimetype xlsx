--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82605a9f66f7414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ab7f43b0b547ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166ae6894fd94efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c85fd5e0cfb4be4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb201cb98044507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166ae6894fd94efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c297817a5749df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c85fd5e0cfb4be4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Beyond America - Hidden Values </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>