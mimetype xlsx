--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a1d9ebcbc64449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015282884cd143ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb987768537d45c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41632b0ee1044a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05d4a28ee0ba474c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb987768537d45c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482156a5b5804ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41632b0ee1044a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNA Dollars Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>26,206</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,205</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>24,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,412</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>