--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015282884cd143ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd459b32c8ae4f6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41632b0ee1044a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48e001251054e87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482156a5b5804ded" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41632b0ee1044a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50a9a3c424c4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48e001251054e87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNA Dollars Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>30,426</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>