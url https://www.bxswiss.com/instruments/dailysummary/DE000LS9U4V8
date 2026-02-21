--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd459b32c8ae4f6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6010e43060e44520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48e001251054e87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cd375e28654562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50a9a3c424c4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48e001251054e87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9efef4f877d44fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cd375e28654562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNA Dollars Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>31,340</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>