--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6010e43060e44520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37215b91f74a45de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43cd375e28654562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b7a1de4bd5e4601"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9efef4f877d44fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43cd375e28654562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c04e17eb8cd4de1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b7a1de4bd5e4601" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DNA Dollars Biotech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>