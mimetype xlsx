--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4bc5173c0c94cfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6121181b023a431f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe3c955396048b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac0848e525ac4c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac8d7af0ee24e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe3c955396048b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb693bcfa4ec349b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac0848e525ac4c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold trifft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>148,159</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,628</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>