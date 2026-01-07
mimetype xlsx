--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6121181b023a431f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4f1d166cf46473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac0848e525ac4c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2629e055787046ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb693bcfa4ec349b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac0848e525ac4c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e13431eb8447f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2629e055787046ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold trifft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,191</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>