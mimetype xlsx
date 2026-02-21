--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4f1d166cf46473c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf2e26bcaf94419" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2629e055787046ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9677d79c424484a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96e13431eb8447f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2629e055787046ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf27b01f6965c4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9677d79c424484a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold trifft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>152,852</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>