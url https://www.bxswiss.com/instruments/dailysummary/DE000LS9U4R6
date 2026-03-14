--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf2e26bcaf94419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f8b9f6ac664582" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9677d79c424484a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a111578b25c4111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf27b01f6965c4820" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9677d79c424484a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d832a87b7eb48f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a111578b25c4111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold trifft Wachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4R6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>