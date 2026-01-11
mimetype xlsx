--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b5d0f7352f4304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2df7ed7351f4423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08c629730002493e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ea1be4488c4e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7557f8b3f44af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08c629730002493e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0100e6b386614f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ea1be4488c4e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Pioniere der KI mit LLMs AGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>71,931</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,071</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>70,828</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>