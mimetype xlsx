--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2df7ed7351f4423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101fc155afc9471b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0ea1be4488c4e0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae5bbc9744e42c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0100e6b386614f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0ea1be4488c4e0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5faaadcbe34e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae5bbc9744e42c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Pioniere der KI mit LLMs AGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>72,534</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>