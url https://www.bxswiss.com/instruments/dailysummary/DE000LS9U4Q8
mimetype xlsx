--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101fc155afc9471b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3938bb1577fa4831" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae5bbc9744e42c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba7d834505f0437d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e5faaadcbe34e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae5bbc9744e42c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d476074560d44f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba7d834505f0437d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI Pioniere der KI mit LLMs AGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4Q8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>