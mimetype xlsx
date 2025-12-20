--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f91110f81164646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0210461bef2e4034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41f73f0dc8a347b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe80673faa894549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6651207da3a14119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41f73f0dc8a347b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1576ba73db6419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe80673faa894549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktien mit Vielfalt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,517</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>