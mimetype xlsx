--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0210461bef2e4034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95cca7fbc6664225" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe80673faa894549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R250d9e9fa7d94f84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1576ba73db6419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe80673faa894549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae3c1b5d8c6449b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R250d9e9fa7d94f84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktien mit Vielfalt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>