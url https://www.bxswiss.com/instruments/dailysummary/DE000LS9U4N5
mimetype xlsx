--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95cca7fbc6664225" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reebfe362bff84e11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R250d9e9fa7d94f84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d5e3aefb3644cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae3c1b5d8c6449b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R250d9e9fa7d94f84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd05756bebd64486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d5e3aefb3644cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktien mit Vielfalt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,262</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>107,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,204</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>