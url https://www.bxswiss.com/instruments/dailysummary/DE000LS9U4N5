--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reebfe362bff84e11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39b853e84054a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d5e3aefb3644cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34c064d2f7eb4ba8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd05756bebd64486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d5e3aefb3644cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54017116b2764b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34c064d2f7eb4ba8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktien mit Vielfalt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4N5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>109,703</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>