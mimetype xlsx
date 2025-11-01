--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc2c3472e764c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f940f03b564da8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R283622e9d88e46cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd051579af09a4c9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23c4600956a4f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R283622e9d88e46cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d844f35f8e4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd051579af09a4c9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deadlift CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>137,336</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,400</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>135,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>