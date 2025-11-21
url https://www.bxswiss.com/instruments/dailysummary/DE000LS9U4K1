--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f940f03b564da8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9cd7d0fe00b490d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd051579af09a4c9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9b233c2fc2429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d844f35f8e4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd051579af09a4c9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ad4b386d814773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9b233c2fc2429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deadlift CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>136,415</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,986</x:t>
-[...512 lines deleted...]
-          <x:t>136,400</x:t>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>