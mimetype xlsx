--- v2 (2025-11-21)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9cd7d0fe00b490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2badf2f82524fe2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b9b233c2fc2429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc076a57706c84594"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83ad4b386d814773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b9b233c2fc2429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c6c380938c44f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc076a57706c84594" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deadlift CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,344</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>