--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2badf2f82524fe2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efd6eb6d7e64247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc076a57706c84594"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red941893f84a413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c6c380938c44f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc076a57706c84594" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e5f667959e4b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red941893f84a413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deadlift CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>125,696</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>