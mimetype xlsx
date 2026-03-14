--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efd6eb6d7e64247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62d17a7c35db430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red941893f84a413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce160113e61245c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e5f667959e4b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red941893f84a413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52295074cf51435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce160113e61245c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deadlift CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>