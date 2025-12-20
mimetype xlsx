--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R950c4b3dead54801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66858cb62f0f463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fea3474e67343a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879b0e4261a14d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5259868eb3d24352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fea3474e67343a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3f1a9e039340dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879b0e4261a14d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI-AGI Der Weg zur Singularitat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4F1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,119</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>