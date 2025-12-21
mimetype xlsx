--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66858cb62f0f463f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8adec23e459443d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879b0e4261a14d40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd031d5ad08497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b3f1a9e039340dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879b0e4261a14d40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9ae0c209ae4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd031d5ad08497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI-AGI Der Weg zur Singularitat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4F1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>