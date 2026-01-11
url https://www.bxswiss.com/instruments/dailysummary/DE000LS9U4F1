--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8adec23e459443d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bbd58fc3fa4130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd031d5ad08497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78806d2cc2494314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9ae0c209ae4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd031d5ad08497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d663a93dd24445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78806d2cc2494314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI-AGI Der Weg zur Singularitat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4F1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>59,376</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,061</x:t>
-[...458 lines deleted...]
-          <x:t>53,985</x:t>
+          <x:t>55,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>