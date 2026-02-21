--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47bbd58fc3fa4130" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab0c2faa8f44c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78806d2cc2494314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f5ed2fbfe84e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9d663a93dd24445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78806d2cc2494314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R589527ed23cb4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f5ed2fbfe84e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI-AGI Der Weg zur Singularitat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4F1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>58,236</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>