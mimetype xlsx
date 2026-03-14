--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab0c2faa8f44c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ccde27e23a48aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f5ed2fbfe84e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ccb0e789a32443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R589527ed23cb4d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f5ed2fbfe84e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5be0334745ff4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ccb0e789a32443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AI-AGI Der Weg zur Singularitat</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4F1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>