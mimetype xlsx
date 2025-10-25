--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8d2c201c7ad445e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594e538f9b694a0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0dffded65484287"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a70ea9c4454960"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f03794e9844042" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0dffded65484287" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267fcd88525d4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a70ea9c4454960" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abnehmspritze GLP-1 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>