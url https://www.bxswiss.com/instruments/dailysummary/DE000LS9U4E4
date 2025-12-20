--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594e538f9b694a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc326eda463624b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90a70ea9c4454960"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83b070fdac16477e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R267fcd88525d4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90a70ea9c4454960" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6baa992e80fa4a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83b070fdac16477e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abnehmspritze GLP-1 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,329</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>