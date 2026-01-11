--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc326eda463624b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06fb34daef24fac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83b070fdac16477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478f2b0dd20b4ce2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6baa992e80fa4a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83b070fdac16477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddbab6a233b471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478f2b0dd20b4ce2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abnehmspritze GLP-1 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>