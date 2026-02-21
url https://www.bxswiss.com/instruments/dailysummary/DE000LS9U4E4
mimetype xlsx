--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06fb34daef24fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9f9b1e96814442" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478f2b0dd20b4ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69419abc4a5549db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ddbab6a233b471e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478f2b0dd20b4ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260f343e84244e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69419abc4a5549db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abnehmspritze GLP-1 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,302</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>