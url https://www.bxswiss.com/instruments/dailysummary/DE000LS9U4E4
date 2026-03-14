--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9f9b1e96814442" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f193bb7ba84470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69419abc4a5549db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4217c442922447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260f343e84244e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69419abc4a5549db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f0f453f5754752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4217c442922447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Abnehmspritze GLP-1 Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>