--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50bb1863adea480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97282f812334d26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f24b3fbb9f43ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf01b93768a4767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5912d23496ca4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f24b3fbb9f43ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd53e250662b4387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf01b93768a4767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Dauerlaeufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>106,864</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,386</x:t>
-[...11 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>107,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,121</x:t>
-[...63 lines deleted...]
-          <x:t>105,396</x:t>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>