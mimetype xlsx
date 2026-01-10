--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra97282f812334d26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f89ff2e8327407a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf01b93768a4767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f30332826724495"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd53e250662b4387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf01b93768a4767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b9bd5abc9d49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f30332826724495" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Dauerlaeufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>