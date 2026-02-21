--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f89ff2e8327407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R048b1a24125f485e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f30332826724495"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4371d293b1fa452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3b9bd5abc9d49ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f30332826724495" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98161c7eec78415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4371d293b1fa452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Dauerlaeufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>110,958</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,724</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>114,302</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>