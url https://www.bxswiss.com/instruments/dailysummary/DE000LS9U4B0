--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R048b1a24125f485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d1230a3130d4b4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4371d293b1fa452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19a790ee2b704412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98161c7eec78415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4371d293b1fa452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re251c8020d3048c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19a790ee2b704412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Defensive Dauerlaeufer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U4B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,531</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>