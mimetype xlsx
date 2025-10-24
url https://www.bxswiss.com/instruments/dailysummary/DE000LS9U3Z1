--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8234a7a7131f47ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492c03cb232b40ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d7eaa4e25a4cd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339a92a0871a4b2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8586e3c89624627" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d7eaa4e25a4cd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree088ee6da1c4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339a92a0871a4b2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI-basierte Cybersicherheit Ai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,580</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>