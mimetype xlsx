--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492c03cb232b40ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b90db5643348d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339a92a0871a4b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re17cb7998a56485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree088ee6da1c4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339a92a0871a4b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refc9523db5424a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re17cb7998a56485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI-basierte Cybersicherheit Ai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3Z1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,973</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>