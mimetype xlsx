--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57da39a585964279" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dde23d248e4669" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R222aea868e6f45a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c3188283754313"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37668d56ebe142f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R222aea868e6f45a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a55a9b451ba4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c3188283754313" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Wide Moat Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>108,545</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,731</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>109,802</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>