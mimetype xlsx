--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89dde23d248e4669" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf00298b9f354203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c3188283754313"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d5aa617d634a73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a55a9b451ba4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c3188283754313" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R175616663abb4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d5aa617d634a73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Wide Moat Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>