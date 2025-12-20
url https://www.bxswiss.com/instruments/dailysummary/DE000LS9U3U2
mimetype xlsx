--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf00298b9f354203" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc658e7af689142fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d5aa617d634a73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce1037925944750"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R175616663abb4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d5aa617d634a73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38714e4bf58f4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce1037925944750" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Wide Moat Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>110,230</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,515</x:t>
-[...328 lines deleted...]
-          <x:t>108,671</x:t>
+          <x:t>111,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>