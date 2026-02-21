--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc658e7af689142fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b7e0652df14b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce1037925944750"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bd9f3a733ff4b22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38714e4bf58f4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce1037925944750" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20c757580da4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bd9f3a733ff4b22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Wide Moat Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,650</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>