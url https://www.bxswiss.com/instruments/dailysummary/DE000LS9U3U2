--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22b7e0652df14b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83aad0a93cd44888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bd9f3a733ff4b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59633f2a3b4c4934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb20c757580da4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bd9f3a733ff4b22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba2007172204c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59633f2a3b4c4934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Wide Moat Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3U2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>