--- v0 (2025-10-03)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84328703f1774549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd3f3fb26de4aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d2adfab84154c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0919ecacc747bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb10b09650ab04ea0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d2adfab84154c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905ba4d2976a47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0919ecacc747bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3T4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>107,920</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,339</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>109,043</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,949</x:t>
-[...85 lines deleted...]
-          <x:t>109,775</x:t>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>