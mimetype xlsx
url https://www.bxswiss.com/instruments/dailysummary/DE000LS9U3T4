--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd3f3fb26de4aaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc170104425774aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc0919ecacc747bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R888ad71422f64298"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R905ba4d2976a47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc0919ecacc747bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c0bd0a4f0bb46b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R888ad71422f64298" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3T4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>106,384</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,594</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,772</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>