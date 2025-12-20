--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc170104425774aab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14bd16e539364d39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R888ad71422f64298"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40fd3a966d6247b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c0bd0a4f0bb46b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R888ad71422f64298" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948f380b015a4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40fd3a966d6247b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3T4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>