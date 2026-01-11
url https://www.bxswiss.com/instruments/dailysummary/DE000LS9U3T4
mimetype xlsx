--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14bd16e539364d39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aef8f1fba204c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40fd3a966d6247b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1e92bd85dff45aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R948f380b015a4b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40fd3a966d6247b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c509787b50c49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1e92bd85dff45aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3T4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>