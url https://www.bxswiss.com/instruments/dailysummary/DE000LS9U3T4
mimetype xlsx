--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aef8f1fba204c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra22758f5ea1c4d4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1e92bd85dff45aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92736a2bfa424b4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c509787b50c49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1e92bd85dff45aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65424dd7dbb84ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92736a2bfa424b4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Selection - Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3T4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>111,136</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>