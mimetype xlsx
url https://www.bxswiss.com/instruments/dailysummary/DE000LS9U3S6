--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb525d5ac44c40e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9953de8e7a0444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a570b36d834f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b159b04d5c74126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4555521cb1904924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a570b36d834f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8364547d056b4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b159b04d5c74126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>m1cr0_tr4d1n9</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>67,213</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,281</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,923</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>