--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9953de8e7a0444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd57c35f058741b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b159b04d5c74126"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd051dbbca34079"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8364547d056b4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b159b04d5c74126" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629b34f1eea04297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd051dbbca34079" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>m1cr0_tr4d1n9</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>66,755</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,141</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>