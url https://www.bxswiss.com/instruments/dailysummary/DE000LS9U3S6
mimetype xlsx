--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd57c35f058741b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ededa234b647a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd051dbbca34079"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ebe8e526f34928"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629b34f1eea04297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd051dbbca34079" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62f083a769284da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ebe8e526f34928" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>m1cr0_tr4d1n9</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>61,964</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,944</x:t>
-[...134 lines deleted...]
-          <x:t>62,141</x:t>
+          <x:t>61,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>