--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8ededa234b647a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37d9c661d6242d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ebe8e526f34928"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c4954a325b4a5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62f083a769284da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ebe8e526f34928" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639f592f00014b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c4954a325b4a5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>m1cr0_tr4d1n9</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>61,067</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,861</x:t>
-[...178 lines deleted...]
-          <x:t>60,852</x:t>
+          <x:t>60,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>60,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>60,751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,722</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>60,843</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>