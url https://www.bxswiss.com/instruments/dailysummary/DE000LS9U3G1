--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6619b2e6470e4a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8cfb8dc78b457c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb14917abbd144b91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R628d617704e64517"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5725269118bd4250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb14917abbd144b91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11cdbea58ee94499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R628d617704e64517" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffettology by Kanai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3G1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>95,648</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,229</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>96,112</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>