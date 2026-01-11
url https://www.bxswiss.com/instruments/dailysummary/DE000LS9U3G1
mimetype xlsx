--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d8cfb8dc78b457c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85979e32d8274132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R628d617704e64517"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff457a08c6794439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11cdbea58ee94499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R628d617704e64517" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66430100ae994400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff457a08c6794439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffettology by Kanai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3G1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>