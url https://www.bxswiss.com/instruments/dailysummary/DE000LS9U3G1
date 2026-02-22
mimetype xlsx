--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85979e32d8274132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf331f2179c1145c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff457a08c6794439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9d2b8bfb294fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66430100ae994400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff457a08c6794439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d8fbf36096476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9d2b8bfb294fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffettology by Kanai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3G1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,206</x:t>
-[...198 lines deleted...]
-          <x:t>99,657</x:t>
+          <x:t>96,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>