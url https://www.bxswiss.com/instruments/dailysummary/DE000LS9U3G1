--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf331f2179c1145c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb41e2a77a944a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c9d2b8bfb294fa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R581a9deea18d4a75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d8fbf36096476a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c9d2b8bfb294fa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd097856e81b24380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R581a9deea18d4a75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buffettology by Kanai</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3G1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>96,247</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,247</x:t>
-[...382 lines deleted...]
-          <x:t>100,205</x:t>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>