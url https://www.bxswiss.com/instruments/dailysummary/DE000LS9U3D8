--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b7a2ca87274bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ebd57bbbf1437e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaac3426cac2415e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa48d00d4074441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra65470ab5081464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaac3426cac2415e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9856a5cfdcc4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa48d00d4074441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>70,193</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,286</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>70,450</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,262</x:t>
-[...38 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>70,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,997</x:t>
-[...16 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>69,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,971</x:t>
-[...171 lines deleted...]
-          <x:t>68,758</x:t>
+          <x:t>69,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>