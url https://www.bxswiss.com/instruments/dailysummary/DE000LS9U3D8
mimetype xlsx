--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53ebd57bbbf1437e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73e92d573e94c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa48d00d4074441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98ba4349cb848f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9856a5cfdcc4c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa48d00d4074441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258ec7ce4a174448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98ba4349cb848f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>69,365</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,759</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,632</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>