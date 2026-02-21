--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73e92d573e94c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41bf9727865943fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd98ba4349cb848f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6641d8515b254771"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258ec7ce4a174448" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd98ba4349cb848f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63bd0f1886e04b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6641d8515b254771" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>68,224</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>