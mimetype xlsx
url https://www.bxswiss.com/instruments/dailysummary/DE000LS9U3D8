--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41bf9727865943fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020e89009a894e02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6641d8515b254771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90bd7039fce14fc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63bd0f1886e04b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6641d8515b254771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2979912694d64848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90bd7039fce14fc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOT Dividends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U3D8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>