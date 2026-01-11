--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9a221120c244684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6096ae2a16d64417" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865844fc9f1f4e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101a4ed7bca84f3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744d2bd44c8543bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865844fc9f1f4e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9942993a100b412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101a4ed7bca84f3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums-Perlen Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,107</x:t>
-[...441 lines deleted...]
-          <x:t>166,001</x:t>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>