--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6096ae2a16d64417" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40213275fc7a4774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R101a4ed7bca84f3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfeaeff593c2c4bdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9942993a100b412d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R101a4ed7bca84f3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafe5b0ea9e024b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfeaeff593c2c4bdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstums-Perlen Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>162,248</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>