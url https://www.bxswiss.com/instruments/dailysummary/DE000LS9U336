--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbe668d91764e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e432832f4ec4cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4f58c90fb04a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8c19649a5b4032"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73049836c113404d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4f58c90fb04a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7035e016d54775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8c19649a5b4032" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir USA Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>103,717</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,334</x:t>
-[...382 lines deleted...]
-          <x:t>104,255</x:t>
+          <x:t>104,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>