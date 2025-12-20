--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e432832f4ec4cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1da33c35fa49eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8c19649a5b4032"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c12e132d6164fee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7035e016d54775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8c19649a5b4032" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6382796abfe84e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c12e132d6164fee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir USA Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>103,603</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>105,464</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,304</x:t>
-[...92 lines deleted...]
-          <x:t>104,771</x:t>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>105,259</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>