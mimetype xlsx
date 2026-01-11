--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1da33c35fa49eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc313d74a44f466c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c12e132d6164fee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6739648e62a14d76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6382796abfe84e84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c12e132d6164fee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ddba833c4ef4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6739648e62a14d76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir USA Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>