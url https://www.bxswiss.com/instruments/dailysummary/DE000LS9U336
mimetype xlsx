--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc313d74a44f466c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4232de31854efc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6739648e62a14d76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc4ff6ff6694adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ddba833c4ef4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6739648e62a14d76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece34ed0f62c441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc4ff6ff6694adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir USA Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>107,506</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>