--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c4232de31854efc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a228197fec43eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc4ff6ff6694adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc5adfe15314983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece34ed0f62c441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc4ff6ff6694adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63554befce94479c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc5adfe15314983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir USA Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>106,014</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,843</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>106,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>