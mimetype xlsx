--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd92a74c985346ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb938b091917e49b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300f72270d234afa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f0ec38bc99e4525"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e14880d10d4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300f72270d234afa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f837646652b424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f0ec38bc99e4525" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir Europa Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,493</x:t>
-[...414 lines deleted...]
-          <x:t>106,313</x:t>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>