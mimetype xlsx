--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb938b091917e49b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c4ac0f06c344a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f0ec38bc99e4525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b0bda4ff194752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f837646652b424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f0ec38bc99e4525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca427703fb343c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b0bda4ff194752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir Europa Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>107,661</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>