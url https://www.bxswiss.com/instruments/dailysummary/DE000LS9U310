--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c4ac0f06c344a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a7a2f66fa742b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b0bda4ff194752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7989e070e5749f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ca427703fb343c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b0bda4ff194752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00240e0d0a0f4da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7989e070e5749f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir Europa Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,862</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>