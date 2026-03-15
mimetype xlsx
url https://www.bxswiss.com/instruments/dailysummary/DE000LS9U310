--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55a7a2f66fa742b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a546d6905242f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7989e070e5749f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R320f2f6401aa42c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00240e0d0a0f4da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7989e070e5749f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bff9c9fe22e444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R320f2f6401aa42c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ymir Europa Low Vola</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...436 lines deleted...]
-          <x:t>105,229</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,475</x:t>
-[...75 lines deleted...]
-          <x:t>105,063</x:t>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,338</x:t>
-[...107 lines deleted...]
-          <x:t>106,320</x:t>
+          <x:t>104,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>