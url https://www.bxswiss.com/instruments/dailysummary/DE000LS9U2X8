--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c6c39d79d114cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9249df541d5a4023" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e38110a303a4cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3b2a47f367421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0e942d6b26f43e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e38110a303a4cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a1ed86c7e54f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3b2a47f367421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Numbergoup Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>105,833</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,418</x:t>
-        </x:is>
-[...543 lines deleted...]
-          <x:t>106,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>