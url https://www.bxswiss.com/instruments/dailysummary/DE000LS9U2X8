--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9249df541d5a4023" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2290eb68340f4bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c3b2a47f367421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8646c90494854ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56a1ed86c7e54f3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c3b2a47f367421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra497f24759d84bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8646c90494854ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Numbergoup Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,254 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>107,311</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,994</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>108,893</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,399</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>105,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,275</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>