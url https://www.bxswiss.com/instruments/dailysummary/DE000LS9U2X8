--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2290eb68340f4bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e15a9dc8c24536" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8646c90494854ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re219582d77c04e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra497f24759d84bd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8646c90494854ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7c1383b9f1498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re219582d77c04e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Numbergoup Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,218</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>