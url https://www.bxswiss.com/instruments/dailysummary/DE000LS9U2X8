--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e15a9dc8c24536" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2215633d4d41b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re219582d77c04e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f46283916b4709"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7c1383b9f1498b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re219582d77c04e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249aeee1460846e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f46283916b4709" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Numbergoup Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>104,368</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,073</x:t>
-[...436 lines deleted...]
-          <x:t>105,314</x:t>
+          <x:t>104,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>