--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2215633d4d41b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf05f3d1ad2cb4c2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f46283916b4709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R856d03152ea543b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249aeee1460846e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f46283916b4709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5baf650235674a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R856d03152ea543b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Numbergoup Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>