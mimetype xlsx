--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78ebb17d4984f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e77a4f383594c55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6db598950aec4688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra257535921db4ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0da8c132c4fe4ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6db598950aec4688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbada41dd641f4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra257535921db4ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autoimmun Biotech-Juwelen </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2T6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>