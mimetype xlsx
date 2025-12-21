--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e77a4f383594c55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabfc6bc8f2974e06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra257535921db4ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra333ccf7dce54a01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbada41dd641f4996" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra257535921db4ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree022c34cb394d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra333ccf7dce54a01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autoimmun Biotech-Juwelen </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2T6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,046</x:t>
-[...468 lines deleted...]
-          <x:t>106,794</x:t>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>