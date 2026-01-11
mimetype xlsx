--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabfc6bc8f2974e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1900518625ec46d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra333ccf7dce54a01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7936f318245049b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree022c34cb394d4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra333ccf7dce54a01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R001ad9d046c4442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7936f318245049b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autoimmun Biotech-Juwelen </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2T6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>