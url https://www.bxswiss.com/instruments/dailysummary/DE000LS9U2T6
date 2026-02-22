--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1900518625ec46d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e6be764b8d4080" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7936f318245049b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc53bddf6d1b44f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R001ad9d046c4442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7936f318245049b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64a6509cae784488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc53bddf6d1b44f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autoimmun Biotech-Juwelen </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2T6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,235</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>