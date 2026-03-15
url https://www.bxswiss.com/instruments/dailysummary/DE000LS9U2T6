--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e6be764b8d4080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16cef62fa17f4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc53bddf6d1b44f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R770fa50a36c744b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64a6509cae784488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc53bddf6d1b44f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe725e9d8d7244c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R770fa50a36c744b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Autoimmun Biotech-Juwelen </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2T6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>