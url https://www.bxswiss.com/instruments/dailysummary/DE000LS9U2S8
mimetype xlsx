--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88de05b103654c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec83125763e4026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c6fffb668d4b2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22063c7232234158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977bd93ad78f4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c6fffb668d4b2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d068bd73d01460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22063c7232234158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FIMAGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>126,212</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,442</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>123,851</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>