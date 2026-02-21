--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec83125763e4026" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafde0f48a143454f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22063c7232234158"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44796dd55b8b4de8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d068bd73d01460c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22063c7232234158" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd18a0dfb39a4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44796dd55b8b4de8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FIMAGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,792</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>