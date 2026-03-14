--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafde0f48a143454f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R598eb52ffee04515" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44796dd55b8b4de8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf194cb887f784956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd18a0dfb39a4337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44796dd55b8b4de8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R742ef1ac41d14b23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf194cb887f784956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WF00FIMAGI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>