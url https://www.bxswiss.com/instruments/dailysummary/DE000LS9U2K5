--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a823d0e78504f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf252089ffdf84885" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2081ec51faf74a9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R332974e274a74a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1357dc648494d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2081ec51faf74a9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7e357912a6499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R332974e274a74a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CobaltFutureChip Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>96,067</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,995</x:t>
-[...301 lines deleted...]
-          <x:t>98,958</x:t>
+          <x:t>94,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>