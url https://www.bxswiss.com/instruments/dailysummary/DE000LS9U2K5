--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf252089ffdf84885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b83ba2ae7cc4fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R332974e274a74a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66539d28a6024908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac7e357912a6499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R332974e274a74a37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903cda1902ba4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66539d28a6024908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CobaltFutureChip Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>98,530</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>