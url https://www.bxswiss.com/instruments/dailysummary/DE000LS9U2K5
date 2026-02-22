--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b83ba2ae7cc4fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe5391724464c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66539d28a6024908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b5a4f93c454877"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R903cda1902ba4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66539d28a6024908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re788b28696dc46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b5a4f93c454877" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CobaltFutureChip Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>103,555</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,234</x:t>
-[...107 lines deleted...]
-          <x:t>104,808</x:t>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>