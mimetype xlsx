--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe5391724464c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c79d4243b3846d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0b5a4f93c454877"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c2f253e5f644cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re788b28696dc46bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0b5a4f93c454877" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37802fe32d304b4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c2f253e5f644cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CobaltFutureChip Picking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>