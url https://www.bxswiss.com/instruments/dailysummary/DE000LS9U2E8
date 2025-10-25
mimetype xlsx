--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44cee80231d94faf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5827c5359b48d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a65d6f669a845e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c27c5784e04ec6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R574f96a7892a4baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a65d6f669a845e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8fbc20d3afb4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c27c5784e04ec6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ch-In-Ja Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2E8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>