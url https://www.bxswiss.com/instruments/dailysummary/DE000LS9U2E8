--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5827c5359b48d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e59c6b583d417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c27c5784e04ec6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa3401c1d6324fc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8fbc20d3afb4ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c27c5784e04ec6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4d8fbca18d4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa3401c1d6324fc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ch-In-Ja Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2E8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,611</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>