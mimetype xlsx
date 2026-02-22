--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e59c6b583d417e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0654386345c41c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa3401c1d6324fc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100f7ca2203f4d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4d8fbca18d4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa3401c1d6324fc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd598d0a1a0a44f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100f7ca2203f4d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ch-In-Ja Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2E8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>134,101</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>