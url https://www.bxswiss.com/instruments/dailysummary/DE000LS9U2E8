--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0654386345c41c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4158a00dab594177" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100f7ca2203f4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f941c918104a48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd598d0a1a0a44f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100f7ca2203f4d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12f75913012d4cdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f941c918104a48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ch-In-Ja Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2E8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>134,870</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,528</x:t>
-[...409 lines deleted...]
-          <x:t>141,873</x:t>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>