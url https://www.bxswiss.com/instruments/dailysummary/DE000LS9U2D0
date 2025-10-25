--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1ca9f574ec4267" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea7215e1a42f4517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde8b099298d540e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aaa1099a49b485c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be13b2e628a4863" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde8b099298d540e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0fae9b45ea4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aaa1099a49b485c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-US-EQUITY-DIAMONDS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>96,479</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,171</x:t>
-[...382 lines deleted...]
-          <x:t>96,788</x:t>
+          <x:t>97,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>