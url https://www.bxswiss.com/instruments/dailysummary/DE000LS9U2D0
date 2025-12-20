--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea7215e1a42f4517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4aacbc8d9ed43d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1aaa1099a49b485c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebadfe4e3d064a3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0fae9b45ea4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1aaa1099a49b485c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c119de2bef4226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebadfe4e3d064a3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-US-EQUITY-DIAMONDS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>93,672</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>97,406</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>