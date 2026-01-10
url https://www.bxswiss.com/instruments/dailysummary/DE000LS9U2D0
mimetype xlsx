--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4aacbc8d9ed43d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ddfe959b42e48bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebadfe4e3d064a3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra40b716ba4b64784"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45c119de2bef4226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebadfe4e3d064a3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610db35a7ae441ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra40b716ba4b64784" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-US-EQUITY-DIAMONDS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>