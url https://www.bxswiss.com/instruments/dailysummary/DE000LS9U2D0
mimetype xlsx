--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ddfe959b42e48bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ffe879b60804c81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra40b716ba4b64784"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39eb8395d5ac4e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610db35a7ae441ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra40b716ba4b64784" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ae150b02b5485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39eb8395d5ac4e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-US-EQUITY-DIAMONDS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>98,252</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>