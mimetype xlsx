--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ffe879b60804c81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6cfca88797d4b71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39eb8395d5ac4e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b060bb4c6f14e01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ae150b02b5485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39eb8395d5ac4e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3424325e75ff49f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b060bb4c6f14e01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-US-EQUITY-DIAMONDS-20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2D0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>93,629</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,850</x:t>
-[...87 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,506</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>90,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,414</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>