--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc056626ae4f14099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3cd42ffa5a04857" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e57df5a26a40cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2853379f07c443d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ea884b94294241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e57df5a26a40cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89c82f211d674257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2853379f07c443d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>