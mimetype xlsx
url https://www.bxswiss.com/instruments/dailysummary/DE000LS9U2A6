--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3cd42ffa5a04857" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6196d8bb02b40a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2853379f07c443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d68de62fe31488d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89c82f211d674257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2853379f07c443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91b0e7957ce493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d68de62fe31488d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>