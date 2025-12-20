--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6196d8bb02b40a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefda87f267149ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d68de62fe31488d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40400711c5d94ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91b0e7957ce493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d68de62fe31488d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R256e9b4b8f0f480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40400711c5d94ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>03.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,399</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>105,483</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,619</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>105,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>