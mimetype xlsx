--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefda87f267149ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d619b5c77f4d85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40400711c5d94ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5873d8a2ef4bdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R256e9b4b8f0f480e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40400711c5d94ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4889da5a767d4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5873d8a2ef4bdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,376</x:t>
-[...58 lines deleted...]
-          <x:t>105,255</x:t>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,399</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>105,411</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>