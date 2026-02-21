--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d619b5c77f4d85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4cfd7f3f824e88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c5873d8a2ef4bdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca0b88e31294b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4889da5a767d4784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c5873d8a2ef4bdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1700e844bb7545c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca0b88e31294b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>105,363</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>