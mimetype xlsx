--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4cfd7f3f824e88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf20b10d4258b4429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca0b88e31294b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c3945898974d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1700e844bb7545c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca0b88e31294b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6b73d1404a948e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c3945898974d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KI Aktien Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U2A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>103,567</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,449</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>103,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,049</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>